--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -97,51 +97,51 @@
   <si>
     <t>Pugmill P5 TO (323-3397) Preservation Creek Ph 2 Sec 4</t>
   </si>
   <si>
     <t>1930002267</t>
   </si>
   <si>
     <t>Pugmill P5 TO (323-3856) Sienna Community Park</t>
   </si>
   <si>
     <t>1971012883</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-3397) Preservation Creek Ph 2 Sec 4</t>
   </si>
   <si>
     <t>1971012898</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-888) South Point Drng Imprv Proj-City of Texas City</t>
   </si>
   <si>
     <t>1971012928</t>
   </si>
   <si>
-    <t>Pugmill P13 TO (323-1591) 323-1591</t>
+    <t xml:space="preserve">Pugmill P13 TO (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971012954</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-2978) PRESERVATION CREEK PHASE 2 SEC 5</t>
   </si>
   <si>
     <t>1971012972</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-2995) 323-2995</t>
   </si>
   <si>
     <t>1971012995</t>
   </si>
   <si>
     <t>1971013013</t>
   </si>
   <si>
     <t>1971013034</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-17) 323-17</t>
   </si>