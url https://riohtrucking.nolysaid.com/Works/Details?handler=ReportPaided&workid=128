--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -112,51 +112,51 @@
   <si>
     <t>1971012648</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-3397) Preservation Creek Ph 2 Sec 4</t>
   </si>
   <si>
     <t>1971012659</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-888) South Point Drng Imprv Proj-City of Texas City</t>
   </si>
   <si>
     <t>1971012679</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-2984) Wild Peach</t>
   </si>
   <si>
     <t>1971012703</t>
   </si>
   <si>
     <t>1971012718</t>
   </si>
   <si>
-    <t>Pugmill P13 TO (323-1591) 323-1591</t>
+    <t xml:space="preserve">Pugmill P13 TO (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971012738</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-2840) HCA Clear Lake Expansion Ph 2</t>
   </si>
   <si>
     <t>1971012756</t>
   </si>
   <si>
     <t>1971012773</t>
   </si>
   <si>
     <t>1971012801</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-2340) Friendswood 24 Inch Clear Crossing</t>
   </si>
   <si>
     <t>1971012823</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-3492) Parkside Trails - ALVIN</t>
   </si>