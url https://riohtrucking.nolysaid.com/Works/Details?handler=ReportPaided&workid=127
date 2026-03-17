--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -2134,51 +2134,51 @@
   <si>
     <t>1971012157</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-3071) Pedregal South DETENTION POND</t>
   </si>
   <si>
     <t>1971012190</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-888) South Point Drng Imprv Proj-City of Texas City</t>
   </si>
   <si>
     <t>1971012219</t>
   </si>
   <si>
     <t>1971012235</t>
   </si>
   <si>
     <t>1971012260</t>
   </si>
   <si>
     <t>1971012284</t>
   </si>
   <si>
-    <t>Pugmill P13 TO (323-1591) 323-1591</t>
+    <t xml:space="preserve">Pugmill P13 TO (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>Bonus</t>
   </si>
   <si>
     <t>Toll</t>
   </si>
   <si>
     <t>Fuel</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>70049783</t>
   </si>
   <si>
     <t>D06</t>
   </si>
   <si>
     <t>Pugmill P14 TO (51623) 51623</t>
   </si>
   <si>
     <t>12-01-2023 to 12-07-2023</t>
   </si>