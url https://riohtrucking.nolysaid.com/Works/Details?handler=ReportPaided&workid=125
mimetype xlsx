--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -745,51 +745,51 @@
   <si>
     <t>Pugmill P13 TO (323-1681) Utilities and LS SH 96 GCWID 12</t>
   </si>
   <si>
     <t>1971010754</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-3399) Preservation Creek Ph 2 Sec 3</t>
   </si>
   <si>
     <t>1971010771</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-2357) LANDING BLVD PH II ERVIN STREET PH IV - WSD</t>
   </si>
   <si>
     <t>1971010788</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-1389) TXDOT - G.CO. - FM 518 IMPR</t>
   </si>
   <si>
     <t>1971010802</t>
   </si>
   <si>
-    <t>Pugmill P13 TO (323-1591) 323-1591</t>
+    <t xml:space="preserve">Pugmill P13 TO (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971010821</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-3215) Preservation Creek Ph 1 Seg 1</t>
   </si>
   <si>
     <t>1971010841</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-2003) 323-2003</t>
   </si>
   <si>
     <t>1971010873</t>
   </si>
   <si>
     <t>1971010888</t>
   </si>
   <si>
     <t>Pugmill P13 TO (323-3524) TXDOT - H.CO.FM 1959 (DIXIE FARM) - 1844-01-029</t>
   </si>
   <si>
     <t>1971010912</t>
   </si>