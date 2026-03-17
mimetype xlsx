--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -52,51 +52,51 @@
     <t>Truck</t>
   </si>
   <si>
     <t>N° Paid</t>
   </si>
   <si>
     <t>N° Pending</t>
   </si>
   <si>
     <t>Settlement
 of payment</t>
   </si>
   <si>
     <t>11/03/2023</t>
   </si>
   <si>
     <t>R000825</t>
   </si>
   <si>
     <t>D36</t>
   </si>
   <si>
     <t>Freddy Quintero</t>
   </si>
   <si>
-    <t>Francisco Sanchez</t>
+    <t>Jose Sanchez</t>
   </si>
   <si>
     <t>#Ticket</t>
   </si>
   <si>
     <t>Pugmill - Order</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>72027048</t>
   </si>
   <si>
     <t>P15 - (94938) 610/228/SCOTT - wall 20 &amp; 21 - TXDOT HARRIS CO.</t>
   </si>