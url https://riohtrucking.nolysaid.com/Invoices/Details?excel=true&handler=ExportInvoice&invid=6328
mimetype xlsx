--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -118,51 +118,51 @@
   <si>
     <t>1971016483</t>
   </si>
   <si>
     <t>P13 - (323-4463) PRESERVATION CREEK PH 3 Sec 7 and 10</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
     <t>1971016498</t>
   </si>
   <si>
     <t>P13 - (323-4025) Marlow Lakes Sec 5 WSDP</t>
   </si>
   <si>
     <t>17.35</t>
   </si>
   <si>
     <t>1971016526</t>
   </si>
   <si>
     <t>1971016545</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971016572</t>
   </si>
   <si>
     <t>17.31</t>
   </si>
   <si>
     <t>1971016605</t>
   </si>
   <si>
     <t>P13 - (323-4266) HOLLAND RD ST DEDICATION SEG 1A</t>
   </si>
   <si>
     <t>17.34</t>
   </si>
   <si>
     <t>1971016632</t>
   </si>
   <si>
     <t>P13 - (323-2984) Wild Peach</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>