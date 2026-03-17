--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -49,51 +49,51 @@
     <t>Check</t>
   </si>
   <si>
     <t>Truck</t>
   </si>
   <si>
     <t>N° Paid</t>
   </si>
   <si>
     <t>N° Pending</t>
   </si>
   <si>
     <t>Settlement
 of payment</t>
   </si>
   <si>
     <t>11/28/2025</t>
   </si>
   <si>
     <t>R006319</t>
   </si>
   <si>
     <t>D12</t>
   </si>
   <si>
-    <t>Rafael Alvarez (NA)</t>
+    <t>Rafael Alvarez (Supa)</t>
   </si>
   <si>
     <t>Rafael Alvarez</t>
   </si>
   <si>
     <t>#Ticket</t>
   </si>
   <si>
     <t>Pugmill - Order</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>1936015540</t>
   </si>