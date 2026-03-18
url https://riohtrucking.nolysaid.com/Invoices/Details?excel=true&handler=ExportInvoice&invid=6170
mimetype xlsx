--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -121,51 +121,51 @@
   <si>
     <t>20.26</t>
   </si>
   <si>
     <t>1971012883</t>
   </si>
   <si>
     <t>P13 - (323-3397) Preservation Creek Ph 2 Sec 4</t>
   </si>
   <si>
     <t>20.01</t>
   </si>
   <si>
     <t>1971012898</t>
   </si>
   <si>
     <t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</t>
   </si>
   <si>
     <t>19.96</t>
   </si>
   <si>
     <t>1971012928</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>19.93</t>
   </si>
   <si>
     <t>1971012954</t>
   </si>
   <si>
     <t>P13 - (323-2978) PRESERVATION CREEK PHASE 2 SEC 5</t>
   </si>
   <si>
     <t>1971012972</t>
   </si>
   <si>
     <t>P13 - 323-2995</t>
   </si>
   <si>
     <t>20.00</t>
   </si>
   <si>
     <t>1971012995</t>
   </si>
   <si>
     <t>20.05</t>
   </si>