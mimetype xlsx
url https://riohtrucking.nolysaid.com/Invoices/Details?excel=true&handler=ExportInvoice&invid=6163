--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -130,51 +130,51 @@
   <si>
     <t>1971012946</t>
   </si>
   <si>
     <t>P13 - (323-2978) PRESERVATION CREEK PHASE 2 SEC 5</t>
   </si>
   <si>
     <t>1971012971</t>
   </si>
   <si>
     <t>P13 - 323-841</t>
   </si>
   <si>
     <t>16.08</t>
   </si>
   <si>
     <t>1971012991</t>
   </si>
   <si>
     <t>P13 - (323-3215) Preservation Creek Ph 1 Seg 1</t>
   </si>
   <si>
     <t>1971013001</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>16.13</t>
   </si>
   <si>
     <t>1971013019</t>
   </si>
   <si>
     <t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</t>
   </si>
   <si>
     <t>16.04</t>
   </si>
   <si>
     <t>1971013043</t>
   </si>
   <si>
     <t>1971013068</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
   <si>
     <t>1971013090</t>
   </si>