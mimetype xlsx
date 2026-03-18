--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -151,51 +151,51 @@
   <si>
     <t>19.98</t>
   </si>
   <si>
     <t>1971012679</t>
   </si>
   <si>
     <t>P13 - (323-2984) Wild Peach</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>20.02</t>
   </si>
   <si>
     <t>1971012703</t>
   </si>
   <si>
     <t>19.96</t>
   </si>
   <si>
     <t>1971012718</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971012738</t>
   </si>
   <si>
     <t>P13 - (323-2840) HCA Clear Lake Expansion Ph 2</t>
   </si>
   <si>
     <t>1971012756</t>
   </si>
   <si>
     <t>1971012773</t>
   </si>
   <si>
     <t>1971012801</t>
   </si>
   <si>
     <t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</t>
   </si>
   <si>
     <t>1971012823</t>
   </si>
   <si>
     <t>P13 - (323-3492) Parkside Trails - ALVIN</t>
   </si>