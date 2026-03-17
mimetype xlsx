--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -238,51 +238,51 @@
   <si>
     <t>16.87</t>
   </si>
   <si>
     <t>1971012647</t>
   </si>
   <si>
     <t>P13 - (323-3397) Preservation Creek Ph 2 Sec 4</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
     <t>1971012658</t>
   </si>
   <si>
     <t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</t>
   </si>
   <si>
     <t>16.85</t>
   </si>
   <si>
     <t>1971012678</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971012700</t>
   </si>
   <si>
     <t>1971012711</t>
   </si>
   <si>
     <t>P13 - (323-2984) Wild Peach</t>
   </si>
   <si>
     <t>1971012762</t>
   </si>
   <si>
     <t>P13 - (323-2978) PRESERVATION CREEK PHASE 2 SEC 5</t>
   </si>
   <si>
     <t>1971012777</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>1971012806</t>
   </si>