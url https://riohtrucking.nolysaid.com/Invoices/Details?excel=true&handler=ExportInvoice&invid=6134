--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -178,51 +178,51 @@
   <si>
     <t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</t>
   </si>
   <si>
     <t>1971012567</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
     <t>1971012590</t>
   </si>
   <si>
     <t>P13 - (323-3472) Centerpoint - Santa Fe Service Center</t>
   </si>
   <si>
     <t>1971012614</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
     <t>1971012634</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>17.37</t>
   </si>
   <si>
     <t>1971012654</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
     <t>1971012669</t>
   </si>
   <si>
     <t>17.45</t>
   </si>
   <si>
     <t>1971012693</t>
   </si>
   <si>
     <t>17.38</t>
   </si>
   <si>
     <t>1971012709</t>
   </si>