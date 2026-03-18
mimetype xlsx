--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -256,51 +256,51 @@
   <si>
     <t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</t>
   </si>
   <si>
     <t>1971012219</t>
   </si>
   <si>
     <t>P13 - (323-3627) txdot  h.co. - IH-45 - 0500-03-644</t>
   </si>
   <si>
     <t>1971012235</t>
   </si>
   <si>
     <t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</t>
   </si>
   <si>
     <t>1971012260</t>
   </si>
   <si>
     <t>17.26</t>
   </si>
   <si>
     <t>1971012284</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>Bonus</t>
   </si>
   <si>
     <t>5%</t>
   </si>
   <si>
     <t>SUBTOTAL</t>
   </si>
   <si>
     <t>Fuel</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$0.00"/>
   </numFmts>
   <fonts count="12">