--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -358,51 +358,51 @@
   <si>
     <t>1.00</t>
   </si>
   <si>
     <t>1971010964</t>
   </si>
   <si>
     <t>8.20</t>
   </si>
   <si>
     <t>1971010985</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>1971011003</t>
   </si>
   <si>
     <t>P13 - (323-1681) Utilities and LS SH 96 GCWID 12</t>
   </si>
   <si>
     <t>1971011032</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>16.75</t>
   </si>
   <si>
     <t>1971011049</t>
   </si>
   <si>
     <t>P13 - (323-3397) Preservation Creek Ph 2 Sec 4</t>
   </si>
   <si>
     <t>17.31</t>
   </si>
   <si>
     <t>1971011070</t>
   </si>
   <si>
     <t>17.03</t>
   </si>
   <si>
     <t>1971011111</t>
   </si>
   <si>
     <t>16.85</t>
   </si>