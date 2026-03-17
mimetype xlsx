--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -247,51 +247,51 @@
   <si>
     <t>17.42</t>
   </si>
   <si>
     <t>1971010996</t>
   </si>
   <si>
     <t>17.50</t>
   </si>
   <si>
     <t>1971011033</t>
   </si>
   <si>
     <t>17.36</t>
   </si>
   <si>
     <t>1971011047</t>
   </si>
   <si>
     <t>17.38</t>
   </si>
   <si>
     <t>1971011065</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>17.30</t>
   </si>
   <si>
     <t>1971011088</t>
   </si>
   <si>
     <t>17.35</t>
   </si>
   <si>
     <t>1971011109</t>
   </si>
   <si>
     <t>1972005897</t>
   </si>
   <si>
     <t>P15 - (323-2492) Tom Bass Park</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>1972005913</t>
   </si>