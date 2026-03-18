--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -127,51 +127,51 @@
   <si>
     <t>15.92</t>
   </si>
   <si>
     <t>1971010771</t>
   </si>
   <si>
     <t>P13 - (323-2357) LANDING BLVD PH II ERVIN STREET PH IV - WSD</t>
   </si>
   <si>
     <t>16.04</t>
   </si>
   <si>
     <t>1971010788</t>
   </si>
   <si>
     <t>P13 - (323-1389) TXDOT - G.CO. - FM 518 IMPR</t>
   </si>
   <si>
     <t>15.99</t>
   </si>
   <si>
     <t>1971010802</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>15.91</t>
   </si>
   <si>
     <t>1971010821</t>
   </si>
   <si>
     <t>P13 - (323-3215) Preservation Creek Ph 1 Seg 1</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>1971010841</t>
   </si>
   <si>
     <t>P13 - 323-2003</t>
   </si>
   <si>
     <t>15.95</t>
   </si>
   <si>
     <t>1971010873</t>
   </si>