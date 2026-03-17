--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -142,51 +142,51 @@
   <si>
     <t>P13 - (323-3071) Pedregal South DETENTION POND</t>
   </si>
   <si>
     <t>21.33</t>
   </si>
   <si>
     <t>1971007973</t>
   </si>
   <si>
     <t>P13 - (323-2876) Preervation Creek MODEL VILLAGE-ALVIN</t>
   </si>
   <si>
     <t>21.25</t>
   </si>
   <si>
     <t>1971007990</t>
   </si>
   <si>
     <t>21.23</t>
   </si>
   <si>
     <t>1971008016</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>21.26</t>
   </si>
   <si>
     <t>1971008043</t>
   </si>
   <si>
     <t>P13 - (323-1052) VIDA MAR SEC 1 WSD</t>
   </si>
   <si>
     <t>1971008363</t>
   </si>
   <si>
     <t>P13 - (323-2734) Mercedes Benz of Clear Lake Parking Lot Expansion</t>
   </si>
   <si>
     <t>21.29</t>
   </si>
   <si>
     <t>1971008391</t>
   </si>
   <si>
     <t>1971008412</t>
   </si>