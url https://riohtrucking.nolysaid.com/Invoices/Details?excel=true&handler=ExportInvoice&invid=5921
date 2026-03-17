--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -226,51 +226,51 @@
   <si>
     <t>1971008183</t>
   </si>
   <si>
     <t>P13 - (323-199) Bayou Lakes Sec 5</t>
   </si>
   <si>
     <t>15.71</t>
   </si>
   <si>
     <t>1971008201</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>1971008208</t>
   </si>
   <si>
     <t>1971008229</t>
   </si>
   <si>
     <t>1971008240</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>1971008260</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
     <t>1971008295</t>
   </si>
   <si>
     <t>P13 - 323-17</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>1971008321</t>
   </si>
   <si>
     <t>P13 - (323-2754) Pedegral South Sec 1</t>
   </si>