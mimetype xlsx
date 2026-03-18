--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -286,51 +286,51 @@
   <si>
     <t>1971007039</t>
   </si>
   <si>
     <t>1971007069</t>
   </si>
   <si>
     <t>1971007090</t>
   </si>
   <si>
     <t>1971007119</t>
   </si>
   <si>
     <t>21.29</t>
   </si>
   <si>
     <t>1971007139</t>
   </si>
   <si>
     <t>21.36</t>
   </si>
   <si>
     <t>1971007178</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971007198</t>
   </si>
   <si>
     <t>Bonus</t>
   </si>
   <si>
     <t>5%</t>
   </si>
   <si>
     <t>SUBTOTAL</t>
   </si>
   <si>
     <t>Fuel</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="1">