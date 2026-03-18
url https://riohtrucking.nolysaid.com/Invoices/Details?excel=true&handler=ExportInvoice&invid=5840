--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -232,51 +232,51 @@
   <si>
     <t>1971006980</t>
   </si>
   <si>
     <t>P13 - (323-1052) VIDA MAR SEC 1 WSD</t>
   </si>
   <si>
     <t>1971006999</t>
   </si>
   <si>
     <t>P13 - (323-1389) TXDOT - G.CO. - FM 518 IMPR</t>
   </si>
   <si>
     <t>1971007020</t>
   </si>
   <si>
     <t>P13 - (323-1113) city of Alvin Lift Station #27 Expansion</t>
   </si>
   <si>
     <t>16.93</t>
   </si>
   <si>
     <t>1971007036</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>16.92</t>
   </si>
   <si>
     <t>1971007048</t>
   </si>
   <si>
     <t>1971007054</t>
   </si>
   <si>
     <t>1971007071</t>
   </si>
   <si>
     <t>1971007098</t>
   </si>
   <si>
     <t>1971007118</t>
   </si>
   <si>
     <t>1971007132</t>
   </si>
   <si>
     <t>1971007160</t>
   </si>