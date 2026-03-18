--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -298,51 +298,51 @@
   <si>
     <t>18.67</t>
   </si>
   <si>
     <t>1971007099</t>
   </si>
   <si>
     <t>1971007117</t>
   </si>
   <si>
     <t>18.63</t>
   </si>
   <si>
     <t>1971007130</t>
   </si>
   <si>
     <t>18.61</t>
   </si>
   <si>
     <t>1971007151</t>
   </si>
   <si>
     <t>1971007172</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971007195</t>
   </si>
   <si>
     <t>18.57</t>
   </si>
   <si>
     <t>Bonus</t>
   </si>
   <si>
     <t>5%</t>
   </si>
   <si>
     <t>SUBTOTAL</t>
   </si>
   <si>
     <t>Fuel</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
 </sst>
 </file>
 