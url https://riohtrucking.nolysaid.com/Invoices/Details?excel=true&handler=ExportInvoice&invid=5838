--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -304,51 +304,51 @@
   <si>
     <t>19.73</t>
   </si>
   <si>
     <t>1971007043</t>
   </si>
   <si>
     <t>1971007067</t>
   </si>
   <si>
     <t>1971007081</t>
   </si>
   <si>
     <t>19.71</t>
   </si>
   <si>
     <t>1971007120</t>
   </si>
   <si>
     <t>19.77</t>
   </si>
   <si>
     <t>1971007135</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971007159</t>
   </si>
   <si>
     <t>1971007179</t>
   </si>
   <si>
     <t>P13 - (323-1113) city of Alvin Lift Station #27 Expansion</t>
   </si>
   <si>
     <t>19.59</t>
   </si>
   <si>
     <t>Bonus</t>
   </si>
   <si>
     <t>5%</t>
   </si>
   <si>
     <t>SUBTOTAL</t>
   </si>
   <si>
     <t>Fuel</t>
   </si>