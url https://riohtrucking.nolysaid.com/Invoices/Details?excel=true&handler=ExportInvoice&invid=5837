--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -229,51 +229,51 @@
   <si>
     <t>1971006794</t>
   </si>
   <si>
     <t>16.98</t>
   </si>
   <si>
     <t>1971006807</t>
   </si>
   <si>
     <t>17.11</t>
   </si>
   <si>
     <t>1971006955</t>
   </si>
   <si>
     <t>P13 - (323-1389) TXDOT - G.CO. - FM 518 IMPR</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
     <t>1971006975</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
     <t>1971006993</t>
   </si>
   <si>
     <t>17.01</t>
   </si>
   <si>
     <t>1971007013</t>
   </si>
   <si>
     <t>16.77</t>
   </si>
   <si>
     <t>1971007035</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
     <t>1971007065</t>
   </si>