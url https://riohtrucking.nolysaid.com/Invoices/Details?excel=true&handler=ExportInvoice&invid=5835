--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -214,51 +214,51 @@
   <si>
     <t>1971006950</t>
   </si>
   <si>
     <t>P13 - (323-570) Vida Mar Rough Cut Detention</t>
   </si>
   <si>
     <t>17.19</t>
   </si>
   <si>
     <t>1971006966</t>
   </si>
   <si>
     <t>1971006983</t>
   </si>
   <si>
     <t>1971007018</t>
   </si>
   <si>
     <t>P13 - (323-2179) Dickinson HS CTE Additions</t>
   </si>
   <si>
     <t>1971007038</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>17.14</t>
   </si>
   <si>
     <t>1971007068</t>
   </si>
   <si>
     <t>1971007106</t>
   </si>
   <si>
     <t>17.22</t>
   </si>
   <si>
     <t>1971007141</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
     <t>Bonus</t>
   </si>
   <si>
     <t>5%</t>
   </si>