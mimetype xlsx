--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -157,51 +157,51 @@
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>1971006626</t>
   </si>
   <si>
     <t>15.99</t>
   </si>
   <si>
     <t>1971006647</t>
   </si>
   <si>
     <t>P13 - (323-2745) Beamer Road Ph 1A</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>15.98</t>
   </si>
   <si>
     <t>1971006660</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>16.01</t>
   </si>
   <si>
     <t>1971006676</t>
   </si>
   <si>
     <t>P13 - 323-2003</t>
   </si>
   <si>
     <t>1971006709</t>
   </si>
   <si>
     <t>P13 - (323-2754) Pedegral South Sec 1</t>
   </si>
   <si>
     <t>15.97</t>
   </si>
   <si>
     <t>1971006722</t>
   </si>
   <si>
     <t>1971006740</t>
   </si>