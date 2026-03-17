--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -238,51 +238,51 @@
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>1971006262</t>
   </si>
   <si>
     <t>P13 - (323-2374) SIERRA VISTA WEST SEC 11</t>
   </si>
   <si>
     <t>17.01</t>
   </si>
   <si>
     <t>1971006277</t>
   </si>
   <si>
     <t>1971006296</t>
   </si>
   <si>
     <t>16.92</t>
   </si>
   <si>
     <t>1971006313</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>1971006332</t>
   </si>
   <si>
     <t>16.97</t>
   </si>
   <si>
     <t>1971006344</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>1971006384</t>
   </si>
   <si>
     <t>1971006405</t>
   </si>
   <si>
     <t>P13 - (323-340) French Quarter Subdivision</t>
   </si>