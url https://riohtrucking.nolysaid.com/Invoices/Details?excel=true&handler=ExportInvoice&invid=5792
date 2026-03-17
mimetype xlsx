--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -187,51 +187,51 @@
   <si>
     <t>1971006045</t>
   </si>
   <si>
     <t>21.28</t>
   </si>
   <si>
     <t>1971006079</t>
   </si>
   <si>
     <t>20.91</t>
   </si>
   <si>
     <t>1971006099</t>
   </si>
   <si>
     <t>P13 - (323-1389) TXDOT - G.CO. - FM 518 IMPR</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>1971006122</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>20.93</t>
   </si>
   <si>
     <t>1971006157</t>
   </si>
   <si>
     <t>P13 - (323-2745) Beamer Road Ph 1A</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>20.83</t>
   </si>
   <si>
     <t>1971006176</t>
   </si>
   <si>
     <t>1971006289</t>
   </si>
   <si>
     <t>20.98</t>
   </si>