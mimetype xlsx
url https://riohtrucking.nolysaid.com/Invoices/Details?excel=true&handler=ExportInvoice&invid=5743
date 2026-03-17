--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -253,51 +253,51 @@
   <si>
     <t>18.48</t>
   </si>
   <si>
     <t>1971005499</t>
   </si>
   <si>
     <t>P13 - (323-2357) LANDING BLVD PH II ERVIN STREET PH IV - WSD</t>
   </si>
   <si>
     <t>18.46</t>
   </si>
   <si>
     <t>1971005518</t>
   </si>
   <si>
     <t>18.43</t>
   </si>
   <si>
     <t>1971005528</t>
   </si>
   <si>
     <t>1971005542</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>18.53</t>
   </si>
   <si>
     <t>1971005568</t>
   </si>
   <si>
     <t>18.68</t>
   </si>
   <si>
     <t>1971005584</t>
   </si>
   <si>
     <t>1971005605</t>
   </si>
   <si>
     <t>P13 - (323-2461) 25th Ave N-Texas City ISD-Dance Hall/Cullinary Ctr</t>
   </si>
   <si>
     <t>18.40</t>
   </si>
   <si>
     <t>1971005636</t>
   </si>