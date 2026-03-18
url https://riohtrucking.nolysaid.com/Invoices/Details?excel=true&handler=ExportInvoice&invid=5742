--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -202,51 +202,51 @@
   <si>
     <t>17.07</t>
   </si>
   <si>
     <t>1971005343</t>
   </si>
   <si>
     <t>1971005359</t>
   </si>
   <si>
     <t>16.97</t>
   </si>
   <si>
     <t>1971005364</t>
   </si>
   <si>
     <t>1971005378</t>
   </si>
   <si>
     <t>16.99</t>
   </si>
   <si>
     <t>1971005396</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>17.11</t>
   </si>
   <si>
     <t>1971005404</t>
   </si>
   <si>
     <t>P13 - (323-2596) Midline Sec 2 WSDP</t>
   </si>
   <si>
     <t>1971005412</t>
   </si>
   <si>
     <t>1971005428</t>
   </si>
   <si>
     <t>1971005451</t>
   </si>
   <si>
     <t>16.89</t>
   </si>
   <si>
     <t>1971005486</t>
   </si>