--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -148,51 +148,51 @@
   <si>
     <t>P13 - (323-1052) VIDA MAR SEC 1 WSD</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
     <t>1971005206</t>
   </si>
   <si>
     <t>P13 - (323-1408) LC Historic District Drainage Project</t>
   </si>
   <si>
     <t>15.98</t>
   </si>
   <si>
     <t>1971005250</t>
   </si>
   <si>
     <t>16.15</t>
   </si>
   <si>
     <t>1971005251</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971005270</t>
   </si>
   <si>
     <t>16.04</t>
   </si>
   <si>
     <t>1971005286</t>
   </si>
   <si>
     <t>1971005304</t>
   </si>
   <si>
     <t>1971005337</t>
   </si>
   <si>
     <t>15.96</t>
   </si>
   <si>
     <t>1971005338</t>
   </si>
   <si>
     <t>P13 - (323-2252) MERIDIANA SECT 32C WSD and Paving</t>
   </si>