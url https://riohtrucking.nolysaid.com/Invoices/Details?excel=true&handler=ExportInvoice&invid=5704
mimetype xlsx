--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -214,51 +214,51 @@
   <si>
     <t>21.44</t>
   </si>
   <si>
     <t>1971004716</t>
   </si>
   <si>
     <t>1971004732</t>
   </si>
   <si>
     <t>1971004741</t>
   </si>
   <si>
     <t>21.51</t>
   </si>
   <si>
     <t>1971004759</t>
   </si>
   <si>
     <t>20.79</t>
   </si>
   <si>
     <t>1971004769</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>20.69</t>
   </si>
   <si>
     <t>1971004804</t>
   </si>
   <si>
     <t>P13 - (323-2471) Samara SEC. 11 Paving</t>
   </si>
   <si>
     <t>21.50</t>
   </si>
   <si>
     <t>1971004824</t>
   </si>
   <si>
     <t>P13 - (323-1981) Windrose Green Sec 6</t>
   </si>
   <si>
     <t>1971004844</t>
   </si>
   <si>
     <t>1971004859</t>
   </si>