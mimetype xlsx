--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -121,51 +121,51 @@
   <si>
     <t>5PSSDB</t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>1971004495</t>
   </si>
   <si>
     <t>P13 - (323-2255) Fife Lane Phase 1 WSDP</t>
   </si>
   <si>
     <t>17.03</t>
   </si>
   <si>
     <t>1971004510</t>
   </si>
   <si>
     <t>17.12</t>
   </si>
   <si>
     <t>1971004524</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>17.08</t>
   </si>
   <si>
     <t>1971004535</t>
   </si>
   <si>
     <t>17.11</t>
   </si>
   <si>
     <t>1971004544</t>
   </si>
   <si>
     <t>17.14</t>
   </si>
   <si>
     <t>1971004559</t>
   </si>
   <si>
     <t>1971004579</t>
   </si>
   <si>
     <t>P13 - (323-199) Bayou Lakes Sec 5</t>
   </si>