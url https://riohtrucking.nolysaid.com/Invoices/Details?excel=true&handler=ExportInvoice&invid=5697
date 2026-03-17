--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -103,51 +103,51 @@
   <si>
     <t>17.65</t>
   </si>
   <si>
     <t>1971004474</t>
   </si>
   <si>
     <t>P13 - (323-2255) Fife Lane Phase 1 WSDP</t>
   </si>
   <si>
     <t>7PSSDB</t>
   </si>
   <si>
     <t>16.86</t>
   </si>
   <si>
     <t>1971004486</t>
   </si>
   <si>
     <t>P13 - (323-1052) VIDA MAR SEC 1 WSD</t>
   </si>
   <si>
     <t>1971004499</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>16.80</t>
   </si>
   <si>
     <t>1971004512</t>
   </si>
   <si>
     <t>16.78</t>
   </si>
   <si>
     <t>1971004521</t>
   </si>
   <si>
     <t>5PSSDB</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
     <t>1971004534</t>
   </si>
   <si>
     <t>16.95</t>
   </si>