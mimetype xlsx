--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -265,51 +265,51 @@
   <si>
     <t>17.16</t>
   </si>
   <si>
     <t>1971004895</t>
   </si>
   <si>
     <t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</t>
   </si>
   <si>
     <t>17.15</t>
   </si>
   <si>
     <t>1971004914</t>
   </si>
   <si>
     <t>1971004932</t>
   </si>
   <si>
     <t>17.23</t>
   </si>
   <si>
     <t>1971004945</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971005006</t>
   </si>
   <si>
     <t>17.27</t>
   </si>
   <si>
     <t>1971005027</t>
   </si>
   <si>
     <t>1971005045</t>
   </si>
   <si>
     <t>1971005059</t>
   </si>
   <si>
     <t>17.22</t>
   </si>
   <si>
     <t>1971005079</t>
   </si>
   <si>
     <t>17.13</t>
   </si>