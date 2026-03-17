--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -241,51 +241,51 @@
   <si>
     <t>P13 - (323-1981) Windrose Green Sec 6</t>
   </si>
   <si>
     <t>1971004766</t>
   </si>
   <si>
     <t>1971004784</t>
   </si>
   <si>
     <t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</t>
   </si>
   <si>
     <t>1971004805</t>
   </si>
   <si>
     <t>P13 - (323-2351) Meridiana Sec 82</t>
   </si>
   <si>
     <t>16.04</t>
   </si>
   <si>
     <t>1971004823</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971004842</t>
   </si>
   <si>
     <t>P13 - (323-2422) Meridiana Sec 25-A</t>
   </si>
   <si>
     <t>1971004854</t>
   </si>
   <si>
     <t>1971004867</t>
   </si>
   <si>
     <t>1971004881</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>16.06</t>
   </si>
   <si>
     <t>1971004901</t>
   </si>