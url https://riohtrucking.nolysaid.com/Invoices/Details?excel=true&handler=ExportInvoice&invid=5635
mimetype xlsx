--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -154,51 +154,51 @@
   <si>
     <t>15.95</t>
   </si>
   <si>
     <t>1971004237</t>
   </si>
   <si>
     <t>P13 - 323-2003</t>
   </si>
   <si>
     <t>1971004264</t>
   </si>
   <si>
     <t>1971004277</t>
   </si>
   <si>
     <t>P13 - (323-2106) CREEKHAVEN BLVD 1 WSD</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>1971004288</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>16.05</t>
   </si>
   <si>
     <t>1971004305</t>
   </si>
   <si>
     <t>P13 - (323-1954) Caldwell Lakes Primary Entry Monument</t>
   </si>
   <si>
     <t>16.00</t>
   </si>
   <si>
     <t>1971004313</t>
   </si>
   <si>
     <t>1971004322</t>
   </si>
   <si>
     <t>1971004346</t>
   </si>
   <si>
     <t>1971004360</t>
   </si>