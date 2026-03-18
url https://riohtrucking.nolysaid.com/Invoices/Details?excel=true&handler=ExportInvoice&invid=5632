--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -190,51 +190,51 @@
   <si>
     <t>18.55</t>
   </si>
   <si>
     <t>1971004358</t>
   </si>
   <si>
     <t>P13 - (323-982) Columbia HS Additions &amp; Renovations</t>
   </si>
   <si>
     <t>18.60</t>
   </si>
   <si>
     <t>1971004379</t>
   </si>
   <si>
     <t>P13 - (323-506) PECAN RANCH SEC 2</t>
   </si>
   <si>
     <t>18.59</t>
   </si>
   <si>
     <t>1971004392</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971004404</t>
   </si>
   <si>
     <t>18.56</t>
   </si>
   <si>
     <t>1971004412</t>
   </si>
   <si>
     <t>P13 - (323-1856) MIDLINE SEC 5 - WSDP</t>
   </si>
   <si>
     <t>18.68</t>
   </si>
   <si>
     <t>1971004427</t>
   </si>
   <si>
     <t>P13 - (323-1107) Bill Mars Project New Build</t>
   </si>
   <si>
     <t>18.63</t>
   </si>