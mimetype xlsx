--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -109,51 +109,51 @@
   <si>
     <t>P13 - 323-2003</t>
   </si>
   <si>
     <t>19.55</t>
   </si>
   <si>
     <t>1971004182</t>
   </si>
   <si>
     <t>19.62</t>
   </si>
   <si>
     <t>1971004200</t>
   </si>
   <si>
     <t>P13 - (323-1878) Vida Costera Sec 3</t>
   </si>
   <si>
     <t>19.70</t>
   </si>
   <si>
     <t>1971004353</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>7PSSDB</t>
   </si>
   <si>
     <t>19.46</t>
   </si>
   <si>
     <t>1971004368</t>
   </si>
   <si>
     <t>P13 - (323-1052) VIDA MAR SEC 1 WSD</t>
   </si>
   <si>
     <t>19.37</t>
   </si>
   <si>
     <t>1971004381</t>
   </si>
   <si>
     <t>P13 - (323-199) Bayou Lakes Sec 5</t>
   </si>
   <si>
     <t>19.47</t>
   </si>