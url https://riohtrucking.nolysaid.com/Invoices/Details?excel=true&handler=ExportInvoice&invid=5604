--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -235,51 +235,51 @@
   <si>
     <t>P13 - (323-906) TAMU Space Institute</t>
   </si>
   <si>
     <t>19.64</t>
   </si>
   <si>
     <t>1971003790</t>
   </si>
   <si>
     <t>19.66</t>
   </si>
   <si>
     <t>1971003799</t>
   </si>
   <si>
     <t>P13 - (323-384) Clear Creek Community Church</t>
   </si>
   <si>
     <t>1971003820</t>
   </si>
   <si>
     <t>1971003834</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971003997</t>
   </si>
   <si>
     <t>19.50</t>
   </si>
   <si>
     <t>1971004016</t>
   </si>
   <si>
     <t>P13 - (323-570) Vida Mar Rough Cut Detention</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>19.68</t>
   </si>
   <si>
     <t>1971004033</t>
   </si>
   <si>
     <t>19.47</t>
   </si>