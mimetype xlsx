--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -88,51 +88,51 @@
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>1971003449</t>
   </si>
   <si>
     <t>P13 - (323-635) Brazoswood Pool Replacment</t>
   </si>
   <si>
     <t>5PSSDB</t>
   </si>
   <si>
     <t>20.84</t>
   </si>
   <si>
     <t>1971003483</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>7PSSDB</t>
   </si>
   <si>
     <t>20.66</t>
   </si>
   <si>
     <t>1971003511</t>
   </si>
   <si>
     <t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</t>
   </si>
   <si>
     <t>20.85</t>
   </si>
   <si>
     <t>1971003530</t>
   </si>
   <si>
     <t>P13 - (323-1977) MIDLINE SEC 1 - WSDP</t>
   </si>
   <si>
     <t>20.47</t>
   </si>