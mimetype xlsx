--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -100,51 +100,51 @@
   <si>
     <t>5PSSDB</t>
   </si>
   <si>
     <t>17.08</t>
   </si>
   <si>
     <t>1971003437</t>
   </si>
   <si>
     <t>17.36</t>
   </si>
   <si>
     <t>1971003473</t>
   </si>
   <si>
     <t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
     <t>1971003493</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>7PSSDB</t>
   </si>
   <si>
     <t>17.28</t>
   </si>
   <si>
     <t>1971003575</t>
   </si>
   <si>
     <t>17.29</t>
   </si>
   <si>
     <t>1971003596</t>
   </si>
   <si>
     <t>P13 - (323-1878) Vida Costera Sec 3</t>
   </si>
   <si>
     <t>17.30</t>
   </si>
   <si>
     <t>1971003755</t>
   </si>