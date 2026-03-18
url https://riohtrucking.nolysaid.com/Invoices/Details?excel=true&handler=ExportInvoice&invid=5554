--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -109,51 +109,51 @@
   <si>
     <t>1971003405</t>
   </si>
   <si>
     <t>P13 - (323-1977) MIDLINE SEC 1 - WSDP</t>
   </si>
   <si>
     <t>5PSSDB</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
     <t>1971003427</t>
   </si>
   <si>
     <t>P13 - 323-2003</t>
   </si>
   <si>
     <t>1971003463</t>
   </si>
   <si>
     <t>1971003484</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>16.01</t>
   </si>
   <si>
     <t>1971003502</t>
   </si>
   <si>
     <t>P13 - (323-1052) VIDA MAR SEC 1 WSD</t>
   </si>
   <si>
     <t>15.98</t>
   </si>
   <si>
     <t>1971003515</t>
   </si>
   <si>
     <t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</t>
   </si>
   <si>
     <t>1971003522</t>
   </si>
   <si>
     <t>P13 - (323-199) Bayou Lakes Sec 5</t>
   </si>