--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -193,51 +193,51 @@
   <si>
     <t>1971003740</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>1971003751</t>
   </si>
   <si>
     <t>P13 - (323-1052) VIDA MAR SEC 1 WSD</t>
   </si>
   <si>
     <t>16.83</t>
   </si>
   <si>
     <t>1971003760</t>
   </si>
   <si>
     <t>17.23</t>
   </si>
   <si>
     <t>1971003775</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
     <t>1971003791</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>1971003808</t>
   </si>
   <si>
     <t>16.99</t>
   </si>
   <si>
     <t>1971003819</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
     <t>1971003835</t>
   </si>