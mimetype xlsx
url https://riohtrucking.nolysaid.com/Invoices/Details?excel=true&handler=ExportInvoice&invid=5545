--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -85,51 +85,51 @@
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>1971003387</t>
   </si>
   <si>
     <t>P13 - (323-1877) Lago Mar 24 Inch FM Ph2-Lago Mar Offsite</t>
   </si>
   <si>
     <t>5PSSDB</t>
   </si>
   <si>
     <t>18.55</t>
   </si>
   <si>
     <t>1971003401</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>7PSSDB</t>
   </si>
   <si>
     <t>18.66</t>
   </si>
   <si>
     <t>1971003422</t>
   </si>
   <si>
     <t>P13 - (323-1856) MIDLINE SEC 5 - WSDP</t>
   </si>
   <si>
     <t>18.74</t>
   </si>
   <si>
     <t>1971003440</t>
   </si>
   <si>
     <t>P13 - (323-1977) MIDLINE SEC 1 - WSDP</t>
   </si>
   <si>
     <t>18.57</t>
   </si>