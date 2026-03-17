--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -271,51 +271,51 @@
   <si>
     <t>1971003233</t>
   </si>
   <si>
     <t>P13 - (323-1052) VIDA MAR SEC 1 WSD</t>
   </si>
   <si>
     <t>19.17</t>
   </si>
   <si>
     <t>1971003243</t>
   </si>
   <si>
     <t>19.11</t>
   </si>
   <si>
     <t>1971003255</t>
   </si>
   <si>
     <t>19.10</t>
   </si>
   <si>
     <t>1971003272</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>1971003291</t>
   </si>
   <si>
     <t>19.00</t>
   </si>
   <si>
     <t>1971003307</t>
   </si>
   <si>
     <t>P13 - (323-2064) Texas city LS 7</t>
   </si>
   <si>
     <t>19.05</t>
   </si>
   <si>
     <t>1971003332</t>
   </si>
   <si>
     <t>1971003345</t>
   </si>