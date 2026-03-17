--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -175,51 +175,51 @@
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>1971003047</t>
   </si>
   <si>
     <t>P13 - (323-906) TAMU Space Institute</t>
   </si>
   <si>
     <t>16.97</t>
   </si>
   <si>
     <t>1971003055</t>
   </si>
   <si>
     <t>17.29</t>
   </si>
   <si>
     <t>1971003061</t>
   </si>
   <si>
     <t>1971003073</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971003086</t>
   </si>
   <si>
     <t>17.14</t>
   </si>
   <si>
     <t>1971003098</t>
   </si>
   <si>
     <t>P13 - (323-1977) MIDLINE SEC 1 - WSDP</t>
   </si>
   <si>
     <t>1971003109</t>
   </si>
   <si>
     <t>17.11</t>
   </si>
   <si>
     <t>1971003119</t>
   </si>
   <si>
     <t>17.26</t>
   </si>