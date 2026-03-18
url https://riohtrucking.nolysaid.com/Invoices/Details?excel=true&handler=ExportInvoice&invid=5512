--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -268,51 +268,51 @@
   <si>
     <t>P13 - (323-906) TAMU Space Institute</t>
   </si>
   <si>
     <t>1971003112</t>
   </si>
   <si>
     <t>18.72</t>
   </si>
   <si>
     <t>1971003120</t>
   </si>
   <si>
     <t>1971003124</t>
   </si>
   <si>
     <t>1971003128</t>
   </si>
   <si>
     <t>18.52</t>
   </si>
   <si>
     <t>1971003173</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971003174</t>
   </si>
   <si>
     <t>1971003190</t>
   </si>
   <si>
     <t>1971003212</t>
   </si>
   <si>
     <t>18.62</t>
   </si>
   <si>
     <t>1971003229</t>
   </si>
   <si>
     <t>18.61</t>
   </si>
   <si>
     <t>1971003235</t>
   </si>
   <si>
     <t>1971003250</t>
   </si>