--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -187,51 +187,51 @@
   <si>
     <t>1971003143</t>
   </si>
   <si>
     <t>P13 - 323-2003</t>
   </si>
   <si>
     <t>17.33</t>
   </si>
   <si>
     <t>1971003176</t>
   </si>
   <si>
     <t>17.25</t>
   </si>
   <si>
     <t>1971003209</t>
   </si>
   <si>
     <t>17.32</t>
   </si>
   <si>
     <t>1971003248</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>17.35</t>
   </si>
   <si>
     <t>1971003260</t>
   </si>
   <si>
     <t>17.38</t>
   </si>
   <si>
     <t>1971003271</t>
   </si>
   <si>
     <t>17.31</t>
   </si>
   <si>
     <t>1971003289</t>
   </si>
   <si>
     <t>P13 - (323-1856) MIDLINE SEC 5 - WSDP</t>
   </si>
   <si>
     <t>1971003305</t>
   </si>