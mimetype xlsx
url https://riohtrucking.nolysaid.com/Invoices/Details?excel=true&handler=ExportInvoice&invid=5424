--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -73,51 +73,51 @@
   <si>
     <t>Jose Luis Lechuga (Lechuga's Haulers LLC)</t>
   </si>
   <si>
     <t>#Ticket</t>
   </si>
   <si>
     <t>Pugmill - Order</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>1971002717</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>7PSSDB</t>
   </si>
   <si>
     <t>19.23</t>
   </si>
   <si>
     <t>1971002741</t>
   </si>
   <si>
     <t>P13 - (323-506) PECAN RANCH SEC 2</t>
   </si>
   <si>
     <t>5PSSDB</t>
   </si>
   <si>
     <t>19.10</t>
   </si>
   <si>
     <t>1971002816</t>
   </si>
   <si>
     <t>18.98</t>
   </si>