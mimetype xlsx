--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -163,51 +163,51 @@
   <si>
     <t>1971002176</t>
   </si>
   <si>
     <t>P13 - 323-1653</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>19.74</t>
   </si>
   <si>
     <t>1971002190</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>19.35</t>
   </si>
   <si>
     <t>1971002197</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>19.36</t>
   </si>
   <si>
     <t>1971002213</t>
   </si>
   <si>
     <t>P13 - (323-309) Galveston County Bacliff Drainage Improvements</t>
   </si>
   <si>
     <t>21.15</t>
   </si>
   <si>
     <t>1971002234</t>
   </si>
   <si>
     <t>21.35</t>
   </si>
   <si>
     <t>1971002246</t>
   </si>
   <si>
     <t>23.44</t>
   </si>